--- v0 (2025-11-12)
+++ v1 (2026-01-12)
@@ -9,122 +9,140 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <si>
     <t>Tender Number</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Procurement Methods</t>
   </si>
   <si>
     <t>Published Date</t>
   </si>
   <si>
     <t>Close Date</t>
   </si>
   <si>
     <t>Notice Type</t>
   </si>
   <si>
-    <t>RFP25-004</t>
+    <t>RFP No. 25-011</t>
+  </si>
+  <si>
+    <t>MRC Website Maintenance</t>
+  </si>
+  <si>
+    <t>Request for Proposal</t>
+  </si>
+  <si>
+    <t>31 Dec 2025</t>
+  </si>
+  <si>
+    <t>27 Jan 2026</t>
+  </si>
+  <si>
+    <t>Open</t>
+  </si>
+  <si>
+    <t>RFP No. 25-009</t>
+  </si>
+  <si>
+    <t>Cleaning, Gardening and Pest Control Services to MRCS Premises in Vientiane, Lao PDR</t>
+  </si>
+  <si>
+    <t>16 Dec 2025</t>
+  </si>
+  <si>
+    <t>12 Jan 2026</t>
+  </si>
+  <si>
+    <t>RFP No. 2025-002</t>
+  </si>
+  <si>
+    <t>Notification of Bid Cancellation_RFP No. 2025-002</t>
+  </si>
+  <si>
+    <t>21 Nov 2025</t>
+  </si>
+  <si>
+    <t>Cancel</t>
+  </si>
+  <si>
+    <t>RFP2025-003</t>
+  </si>
+  <si>
+    <t>Consulting Service for External Audit of MRCS’ Accounts for 2025-2027</t>
+  </si>
+  <si>
+    <t>Awarded</t>
+  </si>
+  <si>
+    <t>RFP No. 25-004</t>
   </si>
   <si>
     <t>Notification of Bid Cancellation_RFP25-004</t>
   </si>
   <si>
+    <t>Notification of Bid Cancellation_RFP No. 25-004</t>
+  </si>
+  <si>
     <t>07 Nov 2025</t>
   </si>
   <si>
-    <t>Open</t>
-[...31 lines deleted...]
-  <si>
     <t>RFP2025-001</t>
   </si>
   <si>
     <t>Supply and Installation of a CCTV System at 11 Hydrometeorological Monitoring Stations with the Streaming Platform</t>
   </si>
   <si>
     <t>23 Jul 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Awarded</t>
   </si>
   <si>
     <t>RFQ25-03</t>
   </si>
   <si>
     <t>Supply of Spare Parts for MRC HYCOS Stations</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>25 Jun 2025</t>
   </si>
   <si>
     <t>No. 049-2024</t>
   </si>
   <si>
     <t>Consultancy Services Firm for Construction of the MRC Educational Visitor Centre and Situation Room of MRCS</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>30 Oct 2024</t>
   </si>
@@ -301,524 +319,538 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F25"/>
+  <dimension ref="A1:F26"/>
   <cols>
-    <col min="1" max="1" width="14" customWidth="1"/>
+    <col min="1" max="1" width="17" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
-    <col min="3" max="3" width="43" customWidth="1"/>
+    <col min="3" max="3" width="50" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="E2"/>
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
       <c r="F2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-        </is>
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
+        <v>13</v>
       </c>
       <c r="C3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E4"/>
       <c r="F4" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E5"/>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B12" t="inlineStr">
+        <v>44</v>
+      </c>
+      <c r="B12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12"/>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="inlineStr">
         <is>
           <t>Consultancy Service Firm to Supply, Install and Configure Full HD Wall Display in the Regional Flood and Drought Management Center (RFDMC) of the Mekong River Commission Secretaria</t>
         </is>
       </c>
-      <c r="C12" t="s">
-[...14 lines deleted...]
-      <c r="B13" t="inlineStr">
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13"/>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>48</v>
+      </c>
+      <c r="B14" t="inlineStr">
         <is>
           <t>Consultancy Service Firm to Supply and Install the Automated High Frequency Water Quality Telemetry System to Support the Implementation of Mekong River Commission’s Core River Monitoring Network</t>
         </is>
       </c>
-      <c r="C13" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="B15" t="inlineStr">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15"/>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" t="inlineStr">
         <is>
           <t>Consultancy Services Firm for construction of the new parking lot, security guard fort, badminton court, fence upgrading, and renovation of MRC Sign board, sidewalk, driver room, and old canteen.</t>
         </is>
       </c>
-      <c r="C15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C18" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C19" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="B20" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C23" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D23" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D24" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B25" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>23</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>81</v>
+      </c>
+      <c r="B26" t="s">
+        <v>82</v>
+      </c>
+      <c r="C26" t="s">
+        <v>36</v>
+      </c>
+      <c r="D26" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26"/>
+      <c r="F26" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>