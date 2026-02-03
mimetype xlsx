--- v1 (2026-01-12)
+++ v2 (2026-02-03)
@@ -9,98 +9,101 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Tender Number</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Procurement Methods</t>
   </si>
   <si>
     <t>Published Date</t>
   </si>
   <si>
     <t>Close Date</t>
   </si>
   <si>
     <t>Notice Type</t>
   </si>
   <si>
-    <t>RFP No. 25-011</t>
-[...2 lines deleted...]
-    <t>MRC Website Maintenance</t>
+    <t>RFQ25-04</t>
+  </si>
+  <si>
+    <t>Request for Quotation: Supply of Spare Parts for the MRC Hydrometeorological Stations</t>
+  </si>
+  <si>
+    <t>Request for Quotation</t>
+  </si>
+  <si>
+    <t>22 Jan 2026</t>
+  </si>
+  <si>
+    <t>17 Feb 2026</t>
+  </si>
+  <si>
+    <t>Open</t>
+  </si>
+  <si>
+    <t>RFP No. 25-010</t>
+  </si>
+  <si>
+    <t>Travel Management Services for the Mekong River Commission Secretariat  in Vientiane</t>
   </si>
   <si>
     <t>Request for Proposal</t>
   </si>
   <si>
-    <t>31 Dec 2025</t>
-[...17 lines deleted...]
-    <t>12 Jan 2026</t>
+    <t>15 Jan 2026</t>
+  </si>
+  <si>
+    <t>12 Feb 2026</t>
   </si>
   <si>
     <t>RFP No. 2025-002</t>
   </si>
   <si>
     <t>Notification of Bid Cancellation_RFP No. 2025-002</t>
   </si>
   <si>
     <t>21 Nov 2025</t>
   </si>
   <si>
     <t>Cancel</t>
   </si>
   <si>
     <t>RFP2025-003</t>
   </si>
   <si>
     <t>Consulting Service for External Audit of MRCS’ Accounts for 2025-2027</t>
   </si>
   <si>
     <t>Awarded</t>
   </si>
   <si>
     <t>RFP No. 25-004</t>
   </si>
@@ -377,480 +380,480 @@
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Consultancy Service Firm to Supply, Install and Configure Full HD Wall Display in the Regional Flood and Drought Management Center (RFDMC) of the Mekong River Commission Secretaria</t>
         </is>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Consultancy Service Firm to Supply and Install the Automated High Frequency Water Quality Telemetry System to Support the Implementation of Mekong River Commission’s Core River Monitoring Network</t>
         </is>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Consultancy Services Firm for construction of the new parking lot, security guard fort, badminton court, fence upgrading, and renovation of MRC Sign board, sidewalk, driver room, and old canteen.</t>
         </is>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B20" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B21" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C21" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C22" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C23" t="s">
+        <v>37</v>
+      </c>
+      <c r="D23" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C25" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D25" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B26" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C26" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>