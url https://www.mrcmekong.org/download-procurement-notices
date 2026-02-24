--- v2 (2026-02-03)
+++ v3 (2026-02-24)
@@ -9,122 +9,107 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
   <si>
     <t>Tender Number</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Procurement Methods</t>
   </si>
   <si>
     <t>Published Date</t>
   </si>
   <si>
     <t>Close Date</t>
   </si>
   <si>
     <t>Notice Type</t>
   </si>
   <si>
-    <t>RFQ25-04</t>
-[...20 lines deleted...]
-    <t>Travel Management Services for the Mekong River Commission Secretariat  in Vientiane</t>
+    <t>RFP2025-007</t>
+  </si>
+  <si>
+    <t>Cleaning and Pest Control Services at the RFDMC’s Office</t>
   </si>
   <si>
     <t>Request for Proposal</t>
   </si>
   <si>
-    <t>15 Jan 2026</t>
-[...2 lines deleted...]
-    <t>12 Feb 2026</t>
+    <t>20 Feb 2026</t>
+  </si>
+  <si>
+    <t>Awarded</t>
+  </si>
+  <si>
+    <t>RFP2025-006</t>
+  </si>
+  <si>
+    <t>Security Services to the Office of the MRC’s Regional Flood and Drought Management Centre in Phnom Penh</t>
   </si>
   <si>
     <t>RFP No. 2025-002</t>
   </si>
   <si>
     <t>Notification of Bid Cancellation_RFP No. 2025-002</t>
   </si>
   <si>
     <t>21 Nov 2025</t>
   </si>
   <si>
     <t>Cancel</t>
   </si>
   <si>
     <t>RFP2025-003</t>
   </si>
   <si>
     <t>Consulting Service for External Audit of MRCS’ Accounts for 2025-2027</t>
-  </si>
-[...1 lines deleted...]
-    <t>Awarded</t>
   </si>
   <si>
     <t>RFP No. 25-004</t>
   </si>
   <si>
     <t>Notification of Bid Cancellation_RFP25-004</t>
   </si>
   <si>
     <t>Notification of Bid Cancellation_RFP No. 25-004</t>
   </si>
   <si>
     <t>07 Nov 2025</t>
   </si>
   <si>
     <t>RFP2025-001</t>
   </si>
   <si>
     <t>Supply and Installation of a CCTV System at 11 Hydrometeorological Monitoring Stations with the Streaming Platform</t>
   </si>
   <si>
     <t>23 Jul 2025</t>
   </si>
   <si>
     <t>RFQ25-03</t>
   </si>
@@ -328,532 +313,528 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F26"/>
   <cols>
     <col min="1" max="1" width="17" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="50" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
-    <col min="5" max="5" width="12" customWidth="1"/>
+    <col min="5" max="5" width="11" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E2"/>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" t="s">
         <v>12</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E3"/>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Consultancy Service Firm to Supply, Install and Configure Full HD Wall Display in the Regional Flood and Drought Management Center (RFDMC) of the Mekong River Commission Secretaria</t>
         </is>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Consultancy Service Firm to Supply and Install the Automated High Frequency Water Quality Telemetry System to Support the Implementation of Mekong River Commission’s Core River Monitoring Network</t>
         </is>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Consultancy Services Firm for construction of the new parking lot, security guard fort, badminton court, fence upgrading, and renovation of MRC Sign board, sidewalk, driver room, and old canteen.</t>
         </is>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C21" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D21" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B23" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C23" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C24" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C25" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B26" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="C26" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>